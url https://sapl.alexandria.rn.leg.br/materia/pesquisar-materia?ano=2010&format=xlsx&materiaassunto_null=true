--- v0 (2025-12-07)
+++ v1 (2026-03-16)
@@ -51,291 +51,291 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/250/ccf15082025_0001.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/250/ccf15082025_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITOS SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/251/ccf15082025_0002.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/251/ccf15082025_0002.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO DE 1° DA LEI MUNICIPAL DE Nº 830 DE 16 DE AGOSTO DE 2004 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/252/ccf15082025_0003.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/252/ccf15082025_0003.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 3° DA LEI MUNICIPAL Nº 849, DE 17 DE NOVEMBRO DE 2005, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE ALEXANDRIA PARA O EXERCICIO DE 2011</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/254/ccf15082025_0004.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/254/ccf15082025_0004.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REFORMULAÇÃO DO PLANO PLURIANUAL PARA O QUADRIENIO DE 2010/2013 E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/255/ccf15082025_0005.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/255/ccf15082025_0005.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DE DÉBITOS ORIUNDOS DE CONTRIBUIÇÕES PREVIDENCIÁRIAS DEVIDAS E NÃO REPASSADAS AO REGIME PROPRIO DE PREVIDENCIA SOCIAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/260/ccf28082025.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/260/ccf28082025.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE ULTILIDADE PÚBLICA A ASSOCIAÇÃO DOS PRODUTORES DE LEITE DE ALEXANDRIA (APLA) E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/261/ccf28082025_0001.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/261/ccf28082025_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE BEM IMÓVEL DO PATRIMÔNIO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/262/ccf28082025_0002.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/262/ccf28082025_0002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTARIAS PARA O EXERCICIO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/263/ccf28082025_0003.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/263/ccf28082025_0003.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE JOSÉ SALDANHA DE OLIVEIRA A RUA LOCALIZADA NO CONJUNTO FRANCISCA VERÍSSIMO DE OLIVEIRA BAIRRO NOVO HORIZONTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/264/ccf28082025_0004.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/264/ccf28082025_0004.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE TEODORO FERREIRA DE LIMA A RUA LOCALIZADA NO CONJUNTO FRANCISCA VERISSIMO E OLIVEIRA BAIRRO NOVO HORIZONTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/265/ccf28082025_0005.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/265/ccf28082025_0005.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE CECÍLIO DA ROCHA FORMIGA A RUA LOCALIZADA NO CONJUTO FRANCISCA VERISSIMO DE OLIVEIRA, BAIRRO NOVO HORIZONTE E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/266/ccf28082025_0006.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/266/ccf28082025_0006.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE JOSÉ ALVES SOBRINHO A RUA LOCALIZADA NO CONJUNTO FRANCISCA VERISSIMO DE OLIVEIRA, BAIRRO NOVO HORIZONTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/267/ccf28082025_0007.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/267/ccf28082025_0007.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE JOSÉ ANANIAS DE SOUSA FILHO A RUA LOCALIZADA NO CONJUNTO FRANCISCA VERISSIMO DE OLIVEIRA, BAIRRO NOVO HORIZONTE, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/268/ccf28082025_0008.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/268/ccf28082025_0008.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE FRANCISCO CAVALCANTE DE SOUSA A RUA LOCALIZADA NO CONJUNTO FRANCISCA VERISSIMO DE OLIVEIRA,  BAIRRO NOVO HORIZONTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/269/ccf28082025_0009.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/269/ccf28082025_0009.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE SEBASTIÃO HENRIQUE A RUA LOCALIZADA NO CONJUNTO FRANCISCA VERISSIMO DE OLIVEIRA, BAIRRO NOVO HORIZONTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/270/ccf28082025_0010.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/270/ccf28082025_0010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE CARREIRA E REMUNERAÇÃO DOS PROFISSIONAIS DO MAGISTÉRIO DA EDUCAÇÃO BÁSICA PÚBLICA MUNICIPAL DE ALEXANDRIA RN E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/271/ccf28082025_0011.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/271/ccf28082025_0011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO, OBSERVADOS OS CRITERIOS ESTABELECIDOS, A FIXAR R COBRAR PREÇOS PÚBLICOS, PELA PRESTAÇÃO, DIRETAMENTE OU MEDIANTE AUTORIZAÇÃO, CONCESSÃO OU PERMISSÃO, DE SERVIÇOS E PELA ULTILIZAÇÃO DE BENS PÚBLICOS DE USO COMUN, DE USO ESPECIAL OU DOMINAIS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/272/ccf28082025_0012.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/272/ccf28082025_0012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DESENVOLVER AÇÕES E APORTE DE CONTRAPARTIDA MUNICIPAL PARA IMPLEMENTAR O PROGRAMA MINHA CASA MINHA VIDA - LEI N° 11.977 DE 07 DE JULHO DE 2009, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/273/ccf28082025_0013.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/273/ccf28082025_0013.pdf</t>
   </si>
   <si>
     <t>RETIFICA O PROTOCOLO DE INTENÇÕES FIRMADO PELO MUNICIPIO DE ALEXANDRIA RN, COM A FINALIDADE DE CONSTRUIR UM CONSORCIO PÚBLICO, NOS TERMOS DA LEI FEDERAL N° 11.107, DE 06 DE ABRIL DE 2005, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/274/ccf28082025_0014.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/274/ccf28082025_0014.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DA POESIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -642,68 +642,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/250/ccf15082025_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/251/ccf15082025_0002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/252/ccf15082025_0003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/254/ccf15082025_0004.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/255/ccf15082025_0005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/260/ccf28082025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/261/ccf28082025_0001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/262/ccf28082025_0002.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/263/ccf28082025_0003.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/264/ccf28082025_0004.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/265/ccf28082025_0005.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/266/ccf28082025_0006.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/267/ccf28082025_0007.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/268/ccf28082025_0008.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/269/ccf28082025_0009.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/270/ccf28082025_0010.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/271/ccf28082025_0011.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/272/ccf28082025_0012.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/273/ccf28082025_0013.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/274/ccf28082025_0014.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/250/ccf15082025_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/251/ccf15082025_0002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/252/ccf15082025_0003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/254/ccf15082025_0004.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/255/ccf15082025_0005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/260/ccf28082025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/261/ccf28082025_0001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/262/ccf28082025_0002.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/263/ccf28082025_0003.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/264/ccf28082025_0004.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/265/ccf28082025_0005.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/266/ccf28082025_0006.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/267/ccf28082025_0007.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/268/ccf28082025_0008.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/269/ccf28082025_0009.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/270/ccf28082025_0010.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/271/ccf28082025_0011.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/272/ccf28082025_0012.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/273/ccf28082025_0013.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2010/274/ccf28082025_0014.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>