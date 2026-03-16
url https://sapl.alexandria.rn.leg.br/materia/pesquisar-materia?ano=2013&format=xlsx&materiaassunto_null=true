--- v0 (2025-12-07)
+++ v1 (2026-03-16)
@@ -51,435 +51,435 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/168/ccf25062025.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/168/ccf25062025.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE VALDEMIRO VIEIRA DA SILVA A RUA QUE SE INICIA A RUA PROJETADA 07 DE SENTIDO LESTE/OESTE, PARALELA Á DIREITA A RUA PROJETADA 09 DE SENTIDO LESTE/OESTE, PARALELO Á ESQUERDA A RN 079 DE SENTIDO LESTE/OESTE, NO QUAL, SEU PROLONGAMENTO SE FINALIZA EM TERRAS DE HERDEIROS DO SENHOR FRANCISCO ÂNTONIO SARMENTO NO LOTEAMENTO SÃO MIGUEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/169/ccf25062025_0001.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/169/ccf25062025_0001.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE DINARTE DANTES DA SILVA A RUA QUE SE INICIA A MARGEM  DIREITA DA RN 079 DE SENTIDO SUL/NORTE, PARALELA À ESQUERDA DA RUA PROJETADA 04 DE SENTIDO SUL/NORTE, PARALELO À DIREITA A RUA PROJETADA 06 DE SENTIDO SUL/NORTE, NO QUAL, SEU PROLONGAMENTODE FINALIZA EM TERRAS DE HERDEIROS DO SENHOR FRANCISCO SARMENTO NO LOTEAMENTO SÂO MIGUEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/170/ccf25062025_0002.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/170/ccf25062025_0002.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ARIONE CORIOLANO DE OAIVA A RUA QUE SE INICIA A MARGEM DIREITA DA RN 079 DE SENTIDO SUL/NORTE, PARALELA À ESQUERDA A RUA PROJETADA 03 DE SENTIDO SUL/NORTE, PARALELA À DIREITA A RUA PROJETADA 05 DE SENTIDO SUL/NORTE, NO QUAL, SEU PROLONGAMENTO SE FINALIZA EM TERRAS DE HERDEIROS DO SENHOR FRANCISCO ANTÔNIO SARMENTO NO LOTEAMENTO SÃO MIGUEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/171/ccf25062025_0003.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/171/ccf25062025_0003.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE FRANCISCO NOGUEIRA DA SILVA A RUA QUE SE INICIA A MARGEM DIREITA DA RN 079 DE SENTIDO SUL/NORTE, PARALELA À ESQUERDA A RUA PROJETADA 02 DE SENTIDO SUL/NORTE, PARALELA À DIREITA A RUA PROJETADA 04 DE SENTIDO SUL/NORTE, NO QUAL, SEU PROLONGAMENTO SE FINALIZA EM TERRAS DE HERDEIROS DO SENHOR FRANCISCO ANTÔNIO SARMENTO NO LOTEAMENTO SÂO MIGUEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/172/ccf25062025_0004.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/172/ccf25062025_0004.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE GALDINO ANTUNES VIEIRA A RUA QUE SE INICIA A MARGEM DIREITA DA RN 079 DE SENTIDO SUL/NORTE, PARALELA À ESQUERDA A RUA SEVERINO DE PAIVA CAVALCANTE DE SENTIDO SUL/NORTE,  PARALELA À DIREITA A RUA PROJETADA 03 DE SENTIDO SUL/NORTE, NO QUAL, SEU PROLONGAMENTO SE FINALIZA EM TERRAS DE HERDEIROS DO SENHOR FRANCISCO ANTÔNIO SARMENTO NO LOTEAMENTO SÃO MIGUEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/173/ccf25062025_0005.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/173/ccf25062025_0005.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ANTÔNIO ROMÃO DE FARIAS A RUA QUE SE INICIA A MARGEM DIREITA DA RN 079 DE SENTIDO NORTE/SUL, PARALELA À ESQUERDA EM TERRAS DE HERDEIROS DO SENHOR FRANCISCO ANTÔNIO SARMENTO DE SENTIDO SUL/NORTE, PARALELA À DIREITA A RUA SEVERINO DE PAIVA CAVALCANTE DE SENTIDO SUL/NORTE, NO QUAL, SEU PROLONGAMENTO SE FINALIZA EM TERRAS DE HERDEIROS DO SENHOR FRANCISCO ANTÔNIO SARMENTO NO LOTEAMENTO SÃO MIGUEL E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/174/ccf25062025_0006.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/174/ccf25062025_0006.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI ORDINÁRIA MUNICIPAL N°933, DE 09 DE OUTUBRO DE 2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/175/ccf25062025_0007.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/175/ccf25062025_0007.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ANTÔNIO JUSTINO ANDRADE A RUA QUE SE INICIA A MARGEM DIREITA DA RN 079 DE SENTIDO NORTE/SUL, PARALELA À ESQUERDA EM TERRAS DE HERDEIROS DO SENHOR FRANCISCO SARMENTO DE SENTIDO SUL/NORTE, PARALELA À DIREITA A RUA SEVERINO DE PAIVA CAVALCANTE DE SENTIDO SUL/NORTE, NO QUAL, SEU PROLONGAMENTO FINALIZA EM TERRAS DE HERDEIROS DO SENHOR FRANCISCO ANTÔNIO SARMENTO NO LOTEAMENTO SÃO MIGUEL E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/176/ccf25062025_0008.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/176/ccf25062025_0008.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE MARIA NOBRE DE FREITAS A RUA QUE SE INICIA A RUA PROJETADA 07 DE SENTIDO LESTE/OESTE, PARALELA À DIREITA AS TERRAS DE HERDEIROS DO SENHOR FRANCISCO ANTÔNIO SARMENTO DE SENTIDO LESTE/OESTE, PARALELO À ESQUERDA A RUA PROJETADA 08 LESTE/OESTE, NO QUAL, SEU PROLONGAMENTO SE FINALIZA EM TERRAS DE HERDEIROS DO SENHOR FRANCISCO ANTÔNIO SARMENTOS NO LOTEAMENTO SÃO MIGUEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/177/ccf25062025_0009.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/177/ccf25062025_0009.pdf</t>
   </si>
   <si>
     <t>DECLARA DE ULTILIDADE PUBLICA A SOCIEDADE COMUNITARIA RURAL DE ALEXANDRIA RN COM SEDE NO SITIO MANIÇOBA ZONA RUAL DE ALEXANDRIA RN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/178/ccf25062025_0010.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/178/ccf25062025_0010.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N° 1.016, DE 01 DE JULHO DE 2013, E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/179/ccf26062025.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/179/ccf26062025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CONSELHO MUNICIPAL DE POLÍTICAS SOBRE DROGAS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/180/ccf26062025_0001.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/180/ccf26062025_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DO CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/181/ccf26062025_0002.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/181/ccf26062025_0002.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI ORDINÁRIA MUNICIPAL N° 934, DE 09 DE OUTUBRO DE 2009, E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/182/ccf26062025_0003.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/182/ccf26062025_0003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCENTIVO À DOAÇÃO DE SANGUE NO MUNICÍPIO DE ALEXANDRIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/183/ccf26062025_0004.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/183/ccf26062025_0004.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL E SOLIDÁRIO (CMDRS) E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/184/ccf26062025_0005.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/184/ccf26062025_0005.pdf</t>
   </si>
   <si>
     <t>INSTITUI A MODALIDADE DE PARCELAMENTO ADMINISTRATIVO ESPECIAL DE CONTRIBUIÇÃO PREVIDENCIÁRIAS RECOLHIDAS E ADMINISTRADAS PELO INSTITUTO DE PREVIDÊNCIA DO MUNICÍPIO DE ALEXANDRIA/RN NOS TERMOS DA LEI ORDINÁRIA MUNICIPAL N°840, DE 01 DE JUNHO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS, CONSIDERANDO AS DISPOSIÇÕES ESTATUÍDAS NO ARTIGO 5°-A DA PORTARIA MPS N°. 402/2008, COM A REDAÇÃO DADA PELAS PORTARIAS MPS N° 21/2013.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/185/ccf26062025_0006.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/185/ccf26062025_0006.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE (MARIA LÚCIA DE SOUSA) A PRAÇA LOCALIZADA PRÓXIMA À IGREJA NOSSA SENHORA DE FÁTIMA NO BAIRRO ALTO DA BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/186/ccf26062025_0007.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/186/ccf26062025_0007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTARIAS PARA ELABORAÇÃO DO ORÇAMENTO DO EXERCÍCIO DE 2014</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/187/ccf26062025_0008.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/187/ccf26062025_0008.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE BEM IMÓVEL DO PATRIMÔNIO PÚBLICO MUNICIPAL</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/188/ccf26062025_0009.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/188/ccf26062025_0009.pdf</t>
   </si>
   <si>
     <t>DENOMIA DE JOÃO SATURNO DA SILVA A RUA QUE SE INICIA A MARGEM DIREITA DA RN 079 DE SENTIDO SUL/NORTE, PARALELA À ESQUERDA A RUA PROJETADA 06 DE SENTIDO SUL/NORTE, PARALELO À DIREITA A TERRAS DE HERDEIROS DO SENHOR FRANCISCO ANTÔNIO SARMENTO CUJA SEU PROLONGAMENTO SE FINALIZA EM TERRAS DE HERDEIROS DO SENHOR FRANCISCO ANTÔNIO SARMENTO NO LOTEAMENTO SÃO MIGUEL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/189/ccf26062025_0010.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/189/ccf26062025_0010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA NOMECLATURA DO CONSELHOR MUNICIPAL DA FUMAC CRIADO PELA LEI 927 DE 16 DE JUNHO DE 2009, O QUAL PASSA A OSTENTAR A NOMECLATURA DE CONSELHO MUNICIPAL DO DESENVOLVIMENTO INTEGRADO E SOLIDÁRIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/190/ccf26062025_0011.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/190/ccf26062025_0011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E REORGANIZAÇÃO DO QUADRO DE PESSOAL DO PODER EXECUTIVO DO MUNICIPIO DE ALEXANDRIA, ALTERA A NOMECLATURA E ATRIBUIÇÃO DAS SECRETARIAS MUNICIPAIS DE SAÚDE,  ASSISTÊNCIA SOCIAL E CULTURAL, BEM COMO DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/191/ccf26062025_0012.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/191/ccf26062025_0012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E REORGANIZAÇÃO DO QUADRO DE PESSOAL DO PODER EXECUTIVO DO MUNICÍPIO DE ALEXANDRIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/192/ccf26062025_0013.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/192/ccf26062025_0013.pdf</t>
   </si>
   <si>
     <t>RATIFICA OS TERMOS DO PROTOCOLO DE INTENÇÕES DO CONSÓRCIO PÚBLICO REGIONAL DE SANEAMNETO BÁSICO DO ALTO OESTE POTIGUAR, FIRMANDO ENTRE O GOVERNO DO ESTADO E PREFEITURAS MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/193/ccf26062025_0014.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/193/ccf26062025_0014.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PUBLICA A ASSOCIAÇÃO DOS MORADORES E PRODUTORES DO SITIO MALHADA BRANCA E ADJACENTES E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/194/ccf26062025_0015.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/194/ccf26062025_0015.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL 865/2006 QUE INSTITUI O PROGRAMA "VOLUNTARIO ALEXANDRIENSE" NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, ALÉM DE OUTRAS MEDIDAS E PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/195/ccf26062025_0016.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/195/ccf26062025_0016.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E REORGANIZAÇÃO DO QUADRO DE PESSOAL DO PODER LEGISLATIVO DO MUNICIPIO DE ALEXANDRIA, ALETRA OS ANEXOS III DA LEI 935/2009 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/196/ccf26062025_0017.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/196/ccf26062025_0017.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE CULTURA DE ALEXANDRIA (FMCA) E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/197/ccf26062025_0018.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/197/ccf26062025_0018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E REORGANIZAÇÃO DO QUADRO DE PESSOAL DO PODER LEGISLATIVO DO MUNICIPIO DE ALEXANDRIA, ALTERA O ANEXO V DA LEI 869/2006 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/198/ccf26062025_0019.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/198/ccf26062025_0019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DA LEI ORDINÁRIA MUNICIPAL N°385, DE 05 DE JULHO DE 1965, ALTERA A LEI MUNICIPAL N°933, DE 09 DE OUTUBRO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/199/ccf26062025_0020.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/199/ccf26062025_0020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBREALTERAÇÃO DA LEI ORDINÁRIA MUNICIPAL N°840, DE 01 DE JULHO DE 2005 E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/200/ccf26062025_0021.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/200/ccf26062025_0021.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI N°848/2005 E ADOTA O DIÁRIO OFICIAL DOS MUNICIPIOS DO ESTADO DO RIO  GRANDE DO NORTE, INSTITUIDO E ADMINISTRADO PELA FEMURN, COMO MEIO OFICIAL DE COMUNICAÇÃO DOS ATOS NORMATIVOS E ADMINISTRATIVOS DO MUNICIPIO DE ALEXANDRIA-RN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -786,68 +786,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/168/ccf25062025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/169/ccf25062025_0001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/170/ccf25062025_0002.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/171/ccf25062025_0003.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/172/ccf25062025_0004.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/173/ccf25062025_0005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/174/ccf25062025_0006.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/175/ccf25062025_0007.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/176/ccf25062025_0008.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/177/ccf25062025_0009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/178/ccf25062025_0010.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/179/ccf26062025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/180/ccf26062025_0001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/181/ccf26062025_0002.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/182/ccf26062025_0003.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/183/ccf26062025_0004.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/184/ccf26062025_0005.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/185/ccf26062025_0006.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/186/ccf26062025_0007.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/187/ccf26062025_0008.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/188/ccf26062025_0009.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/189/ccf26062025_0010.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/190/ccf26062025_0011.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/191/ccf26062025_0012.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/192/ccf26062025_0013.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/193/ccf26062025_0014.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/194/ccf26062025_0015.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/195/ccf26062025_0016.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/196/ccf26062025_0017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/197/ccf26062025_0018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/198/ccf26062025_0019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/199/ccf26062025_0020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/200/ccf26062025_0021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/168/ccf25062025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/169/ccf25062025_0001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/170/ccf25062025_0002.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/171/ccf25062025_0003.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/172/ccf25062025_0004.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/173/ccf25062025_0005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/174/ccf25062025_0006.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/175/ccf25062025_0007.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/176/ccf25062025_0008.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/177/ccf25062025_0009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/178/ccf25062025_0010.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/179/ccf26062025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/180/ccf26062025_0001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/181/ccf26062025_0002.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/182/ccf26062025_0003.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/183/ccf26062025_0004.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/184/ccf26062025_0005.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/185/ccf26062025_0006.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/186/ccf26062025_0007.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/187/ccf26062025_0008.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/188/ccf26062025_0009.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/189/ccf26062025_0010.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/190/ccf26062025_0011.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/191/ccf26062025_0012.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/192/ccf26062025_0013.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/193/ccf26062025_0014.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/194/ccf26062025_0015.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/195/ccf26062025_0016.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/196/ccf26062025_0017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/197/ccf26062025_0018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/198/ccf26062025_0019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/199/ccf26062025_0020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2013/200/ccf26062025_0021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>