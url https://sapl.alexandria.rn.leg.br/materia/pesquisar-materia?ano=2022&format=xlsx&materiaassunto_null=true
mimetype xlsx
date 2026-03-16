--- v0 (2026-01-27)
+++ v1 (2026-03-16)
@@ -54,231 +54,231 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/59/pl-664-2022-md.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/59/pl-664-2022-md.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Reposição Salarial de Vencimentos dos Servidores Públicos da Câmara Municipal de Alexandria.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>Jeane Carlina Saraiva de Sá</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/42/pl-672-2022.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/42/pl-672-2022.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O PROCESSO DE ESCOLHA DE DIRIGENTES DAS ESCOLAS PÚBLICAS MUNICIPAIS NOS TERMOS DO §1º DO ART 56 DA LEI COMPLEMENTAR 002/2012.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>João Victor de Ciaca</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/56/req-01-2022-joao-victor.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/56/req-01-2022-joao-victor.pdf</t>
   </si>
   <si>
     <t>Solicitando a CONSTRUÇÃO DE UM CALÇAMENTO , na parede do açude do Sítio Riacho do Meio.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/71/documento_2023-08-24_080352.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/71/documento_2023-08-24_080352.pdf</t>
   </si>
   <si>
     <t>Solicitando a CONSTRUÇÃO DE UM CALÇAMENTO, entre as localidades do sítio Serrota e Malhada (mais conhecido alto Apolinário)</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/57/req-04-2022-teixeira.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/57/req-04-2022-teixeira.pdf</t>
   </si>
   <si>
     <t>Solicitando DUAS LOMBADAS, na rua Antônio Ferreira de Andrade.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Raul Bezerra</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/38/requerimento_no_05-2022.docx</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/38/requerimento_no_05-2022.docx</t>
   </si>
   <si>
     <t>Solicitando a Recuperação da “PASSAGEM MOLHADA” do Sítio Oiteiro</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/39/requerimento_no_06.docx</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/39/requerimento_no_06.docx</t>
   </si>
   <si>
     <t>Solicitando a CONSTRUÇÃO DE UM CALÇAMENTO na Rua Rosa Maria de Oliveira, no bairro Alto Boa Vista.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/40/requerimento-teixeira.docx</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/40/requerimento-teixeira.docx</t>
   </si>
   <si>
     <t>Requerimento solicitando a implantação/instalação de rede de Iluminação Pública, partindo   do Instituto Nacional do Seguro Social – INSS, até o bairro Novo Horizonte, em Alexandria/RN.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/41/req-07-2022-joao_victor.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/41/req-07-2022-joao_victor.pdf</t>
   </si>
   <si>
     <t>Requerimento solicitando a implantação/instalação de um QUEBRA-MOLAS (lombada) na rua Telegrafista Filismino Pereira, próximo a casa de dona Chaga, neste município.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/43/req-09-2022-teixeira.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/43/req-09-2022-teixeira.pdf</t>
   </si>
   <si>
     <t>Solicitando a IMPLANTAÇÃO de uma COBERTURA no ponto de ônibus do sítio Carnaubal, Zona Rural de nosso município (Alexandria-RN).</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/44/req.10-2022-teixeira.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/44/req.10-2022-teixeira.pdf</t>
   </si>
   <si>
     <t>Solicitando a colocação de postes e luminárias no canteiro da Av. Antônio Bento Sobrinho (rua do aeroporto), no bairro Alto da Boa Vista.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/45/req.11-raul.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/45/req.11-raul.pdf</t>
   </si>
   <si>
     <t>Solicitando a RECUPERAÇÃO de uma passagem molhada no sítio Serrota (próximo à casa de Jaécio e Marcondes).</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Chiquinho Pires</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/</t>
   </si>
   <si>
     <t>Solicitando que seja construída 02, lombadas na rua Tereza de Andrade Sarmento no Alto Boa Vista.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emendas</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/60/emenda-pl-667-2022-teixeira.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/60/emenda-pl-667-2022-teixeira.pdf</t>
   </si>
   <si>
     <t>Acrescente-se ao Projeto de Lei n" 667/2022:_x000D_
 Art.l°. O art. 17 do Projeto de Lei n" 667/2022 passa a ter o seguinte texto:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -586,68 +586,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/59/pl-664-2022-md.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/42/pl-672-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/56/req-01-2022-joao-victor.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/71/documento_2023-08-24_080352.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/57/req-04-2022-teixeira.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/38/requerimento_no_05-2022.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/39/requerimento_no_06.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/40/requerimento-teixeira.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/41/req-07-2022-joao_victor.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/43/req-09-2022-teixeira.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/44/req.10-2022-teixeira.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/45/req.11-raul.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/60/emenda-pl-667-2022-teixeira.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/59/pl-664-2022-md.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/42/pl-672-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/56/req-01-2022-joao-victor.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/71/documento_2023-08-24_080352.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/57/req-04-2022-teixeira.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/38/requerimento_no_05-2022.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/39/requerimento_no_06.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/40/requerimento-teixeira.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/41/req-07-2022-joao_victor.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/43/req-09-2022-teixeira.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/44/req.10-2022-teixeira.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/45/req.11-raul.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2022/60/emenda-pl-667-2022-teixeira.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="167.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>