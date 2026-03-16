--- v0 (2025-12-07)
+++ v1 (2026-03-16)
@@ -54,269 +54,269 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Chiquinho Pires</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/47/pl-678-2023.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/47/pl-678-2023.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO COMUNITÁRIA SANTO AMARO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Jeane Carlina Saraiva de Sá</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/48/pl-679-2023.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/48/pl-679-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação, extinção e modificação do Quadro de Pessoal do Serviço Autônomo de água e Esgotos de Alexandria alterando a Tabela 2 do_x000D_
 anexo I e VI da Lei 933, de 09 de outubro de 2009, modificada pela lei 1.183, de 25 de Setembro de 2018 e dás outras Providências.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Gil Fábio</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/52/pl-associacao-2023-gil-fabio.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/52/pl-associacao-2023-gil-fabio.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO COMUNITÁRIAADEMAR TAVEIRA DA SILVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/73/pl-692-2023-prefeitura.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/73/pl-692-2023-prefeitura.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a repassar recursos recebidos da União para cumprimento da assistência financeira complementar de que trata a Emenda_x000D_
 Constitucional nº 127/2022.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/74/pl-693-2023-prefeitura.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/74/pl-693-2023-prefeitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Especial e dá outras providências.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/80/pl-704-2023-_praca_da_rua_gov_dix-sep_rosado_estacao.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/80/pl-704-2023-_praca_da_rua_gov_dix-sep_rosado_estacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da praça_x000D_
 localizada na rua Governador Dix-Sept Rosado,_x000D_
 no Bairro da Estação em Alexandria - RN.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/79/pl-705-2023-_reconhecimento_do_andor_de_nossa_sra_da_conceicao.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/79/pl-705-2023-_reconhecimento_do_andor_de_nossa_sra_da_conceicao.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei N!!70S/2023.Reconhece o Andor_x000D_
 de Nossa Senhora da Conceição como_x000D_
 Patrimônio Religiosos, Cultural e Imaterial de_x000D_
 Alexandria/RN e dá outras Providências. De_x000D_
 autoria do Vereador Francisco Moreira Pires.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/78/pl-706-2023-_praca_manoel_lins_fernandes.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/78/pl-706-2023-_praca_manoel_lins_fernandes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Praça localizada na Rua Tabelião Hermes de Paiva, denominada Praça Manoel Lins Fernandes, no Bairro do Cascalho - Alexandria-RN e dá outras Providências. De autoria do Vereador-Presidente Francisco Jandui Fernandes Júnior.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/83/pl-707-2023-_praca_eudimar_joao_de_figueiredo_1.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/83/pl-707-2023-_praca_eudimar_joao_de_figueiredo_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da praça localizada entre as ruas Padre Carlos e avenida Patrício Neto Cascalho- Alexandria/RN, e dá outras providências.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/76/pl-708-2023-_abertura_de_credito_especial.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/76/pl-708-2023-_abertura_de_credito_especial.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Especial e dá_x000D_
 outras Providências. De autoria da Prefeita Jeane_x000D_
 Carlina Saraiva e Sá.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/75/pl-709-2023-_remanejamentotransposicao_e_transferencia.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/75/pl-709-2023-_remanejamentotransposicao_e_transferencia.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a efetuar remanejamento, transposição e transferência de_x000D_
 dotações orçamentárias. De autoria da Prefeita Jeane_x000D_
 Carlina Saraiva e Sá.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/77/pl-707-2023-_praca_eudimar_joao_de_figueiredo.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/77/pl-707-2023-_praca_eudimar_joao_de_figueiredo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Praça localizada_x000D_
 entre as Ruas Padre Carlos e Avenida Patrício Neto,_x000D_
 Praça denominada Eudimar João de Figueiredo,_x000D_
 Bairro Cascalho, Alexandria-RN e dá outras_x000D_
 Providências. De autoria do Vereador Francisco Gil_x000D_
 FábioTaveira.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Raimundinho</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/49/req-01-2023-piso_salarial_dos_prof_de_enfermagem.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/49/req-01-2023-piso_salarial_dos_prof_de_enfermagem.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO-VEREADOR- Nº 01/2023- SOLICITAÇÃO DO PISO SALARIAL DE ENFERMAGEM</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/50/req-02-2023-pavimentacao.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/50/req-02-2023-pavimentacao.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO-VEREADOR- Nº 02/2023- SOLICITAÇÃO DE PAVIMENTAÇÃO</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/51/req-03-2023-construcao_de_praca-sitio_manicoba.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/51/req-03-2023-construcao_de_praca-sitio_manicoba.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO-VEREADOR- Nº 03/2023- CONSTRUÇÃO DE PRAÇA PÚBLICA</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>João Victor de Ciaca</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/53/req-04-2023-_vereador_joao_victor-_solicitacao_a_sec_de_saude_e.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/53/req-04-2023-_vereador_joao_victor-_solicitacao_a_sec_de_saude_e.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve requer que, após ouvir o plenário na forma regimental, seja enviado ofício a Sra. Prefeita Municipal, Jeane Carlina Saraiva de Sá, solicitando a Secretaria de Saúde e Vigilância Sanitária para que seja feito a castração dos cachorros de rua e vacinação dos mesmos.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/72/req-05-2023-gil-fabio.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/72/req-05-2023-gil-fabio.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja concluída a duplicação do calçamento que tem início próximo a residência de Maria de Amâncio até a UBS (Unidade Básica de Saúde), da Av. Antônio Bento Sobrinho, localizada no bairro Alto Boa Vista.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -623,68 +623,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/47/pl-678-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/48/pl-679-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/52/pl-associacao-2023-gil-fabio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/73/pl-692-2023-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/74/pl-693-2023-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/80/pl-704-2023-_praca_da_rua_gov_dix-sep_rosado_estacao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/79/pl-705-2023-_reconhecimento_do_andor_de_nossa_sra_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/78/pl-706-2023-_praca_manoel_lins_fernandes.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/83/pl-707-2023-_praca_eudimar_joao_de_figueiredo_1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/76/pl-708-2023-_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/75/pl-709-2023-_remanejamentotransposicao_e_transferencia.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/77/pl-707-2023-_praca_eudimar_joao_de_figueiredo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/49/req-01-2023-piso_salarial_dos_prof_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/50/req-02-2023-pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/51/req-03-2023-construcao_de_praca-sitio_manicoba.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/53/req-04-2023-_vereador_joao_victor-_solicitacao_a_sec_de_saude_e.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/72/req-05-2023-gil-fabio.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/47/pl-678-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/48/pl-679-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/52/pl-associacao-2023-gil-fabio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/73/pl-692-2023-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/74/pl-693-2023-prefeitura.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/80/pl-704-2023-_praca_da_rua_gov_dix-sep_rosado_estacao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/79/pl-705-2023-_reconhecimento_do_andor_de_nossa_sra_da_conceicao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/78/pl-706-2023-_praca_manoel_lins_fernandes.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/83/pl-707-2023-_praca_eudimar_joao_de_figueiredo_1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/76/pl-708-2023-_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/75/pl-709-2023-_remanejamentotransposicao_e_transferencia.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/77/pl-707-2023-_praca_eudimar_joao_de_figueiredo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/49/req-01-2023-piso_salarial_dos_prof_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/50/req-02-2023-pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/51/req-03-2023-construcao_de_praca-sitio_manicoba.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/53/req-04-2023-_vereador_joao_victor-_solicitacao_a_sec_de_saude_e.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2023/72/req-05-2023-gil-fabio.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="137" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="136.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>