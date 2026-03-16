--- v0 (2025-12-07)
+++ v1 (2026-03-16)
@@ -54,230 +54,230 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Jeane Carlina Saraiva de Sá</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/84/plc-711-2024-altera-anexo-i-da-lc-02-de-2012-pcr-magisterio.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/84/plc-711-2024-altera-anexo-i-da-lc-02-de-2012-pcr-magisterio.pdf</t>
   </si>
   <si>
     <t>Altera o anexo I da Lei Complementar N o 02, de 11 de abril de 2012, que dispõe sobre o Plano de Carreira e Remuneração dos Profissionais do Magistério da Educação Básica Pública Municipal de Alexandria/RN e dá outras providências.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/85/pl-712-2024.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/85/pl-712-2024.pdf</t>
   </si>
   <si>
     <t>"Altera o anexo V da Lei Municipal N° 932, de 09 de outubro de 2009, que dispõe sobre o Plano de Carreira e Classificação de Cargos e Empregos, Quadro Pessoal, Evolução e Progressão Funcional da Prefeitura Municipal de Alexandria, e dá outras providências. "</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/86/pl-713-2024.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/86/pl-713-2024.pdf</t>
   </si>
   <si>
     <t>"Altera o anexo V e IX da Lei Municipal N. 0933, de 09 de outubro de 2009, que dispõe sobre o Plano de Carreira e Classificação de Cargos e Empregos, Quadro Pessoal e progressão funcional do Serviço Autônomo de Água e Esgoto de Alexandria, e dá outras providências. "</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/87/pl-714-2024-projeto.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/87/pl-714-2024-projeto.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração do ANEXO VI, da Lei n° 933, de 9 de outubro de 2009, modificada pela Lei nº 1.183, de 25 de setembro de 1998 e pela Lei n 1.260, de 25 de maio de 2023; e o Art. 8° da Lei n" 1.252, de 03 de abril de 2023, e dá outras providências".</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/91/projeto_de_lei-_n-_715-_processo_seletivo.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/91/projeto_de_lei-_n-_715-_processo_seletivo.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n° 715, REALIZAÇÃO DE PROCESSO SELETIVO SIMPLIFICADO, NO ÂMBITO DO MUNÍCIPIO DE ALEXANDRIA.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>João Victor de Ciaca</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/81/req-01-2024-ver-jv-calcamento.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/81/req-01-2024-ver-jv-calcamento.pdf</t>
   </si>
   <si>
     <t>Solicitando a PAVIMENTAÇÃO em PARALELEPÍPEDO acrescida da respectiva estrutura de ILUMINAÇÃO PÚBLICA no trecho da "linha de ferro" que interliga os bairros Novo Horizonte e Estação, mais precisamente do Novo Horizonte até a Av. Dep. Patrício Neto, nesta municipalidade.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/82/req-02-2024-ver-jv-calcamento.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/82/req-02-2024-ver-jv-calcamento.pdf</t>
   </si>
   <si>
     <t>Solicitando a conclusão da PAVIMENTAÇÃO em PARALELEPÍPEDO, localizada na rua Manoel Gonçalves de Almeida, no bairro Novo Horizonte, neste município.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/88/req-007-2024_parlamentar-_joao_victor_.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/88/req-007-2024_parlamentar-_joao_victor_.pdf</t>
   </si>
   <si>
     <t>Requerimento Nº 07/2024- De autoria do vereador João Victor: Solicitando a realização da construção de uma passagem molhada, no sítio Pendências, neste Município.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/89/req-006-2024_parlamentar-_joao_victor_.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/89/req-006-2024_parlamentar-_joao_victor_.pdf</t>
   </si>
   <si>
     <t>Requerimento Nº 06/2024- De autoria do Vereador João Victor: Solicitando que seja realizada a construção de um Posto de Saúde no sítio Jatobá, neste munícipio.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Raul Bezerra</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/90/req-005-2024_parlamentar-_raul_.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/90/req-005-2024_parlamentar-_raul_.pdf</t>
   </si>
   <si>
     <t>Requerimento N° 05/2024 - De autoria do vereador Raul Bezerra: Solicitando que seja realizada a construção de uma passagem molhada no Sítio Torto de Dentro, neste município.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 08/2024 - ESCLARECER A RESPEITO DO PAGAMENTO DE RECURSO MAC- 2022 E PAGAMENTO DE RECURSO - EMENDAS.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/93/req-009-2024_parlamentar-_raul_.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/93/req-009-2024_parlamentar-_raul_.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 09/2024 - SOLICITAÇÃO DE BANCO DE DADOS DE DOADORES DE SANGUE DESTE MUNICÍPÍO.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/94/req-010-2024_parlamentar-_teixeira_.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/94/req-010-2024_parlamentar-_teixeira_.pdf</t>
   </si>
   <si>
     <t>Requerimento n° 10/2024 - solicitando que seja feito um calçamento_x000D_
 (paralepípado) na via que dá acesso a entrada do Sítio Maniçoba indo até a_x000D_
 Capela de Nossa Sra. Aparecida, neste munícipio.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Gil Fábio</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/95/req-011-2024-_mp-_gil_fabio_.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/95/req-011-2024-_mp-_gil_fabio_.pdf</t>
   </si>
   <si>
     <t>solicita do Ministério Publico um representante deste órgão para acompanhar_x000D_
 o processo de entrevista dos candidatos do Processo Seletivo, bem como, para acompanhar_x000D_
 também, a análise das entrevistas que culminará em eventual aprovação ou reprovação,_x000D_
 dessa forma, possibilitará mais transparência ao processo de seleção. Seguem as datas dos_x000D_
 dias 29 e 30 de abril- entrevistas, e posteriormente analise e pontuação para publicação_x000D_
 do resultado a ser publicado no dia 06 de maio, conforme edital N° 001/2024, neste_x000D_
 Município.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/96/req-12-2024-jv-convidar-representante-funsed.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/96/req-12-2024-jv-convidar-representante-funsed.pdf</t>
   </si>
   <si>
     <t>Convidando um representante da FUNSED prestar esclarecimentos sobre o "PAGAMENTO DE MAC - 2022" e " PAGAMENTO DE RECURSO - EMENDAS".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -584,68 +584,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/84/plc-711-2024-altera-anexo-i-da-lc-02-de-2012-pcr-magisterio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/85/pl-712-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/86/pl-713-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/87/pl-714-2024-projeto.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/91/projeto_de_lei-_n-_715-_processo_seletivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/81/req-01-2024-ver-jv-calcamento.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/82/req-02-2024-ver-jv-calcamento.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/88/req-007-2024_parlamentar-_joao_victor_.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/89/req-006-2024_parlamentar-_joao_victor_.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/90/req-005-2024_parlamentar-_raul_.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/93/req-009-2024_parlamentar-_raul_.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/94/req-010-2024_parlamentar-_teixeira_.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/95/req-011-2024-_mp-_gil_fabio_.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/96/req-12-2024-jv-convidar-representante-funsed.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/84/plc-711-2024-altera-anexo-i-da-lc-02-de-2012-pcr-magisterio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/85/pl-712-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/86/pl-713-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/87/pl-714-2024-projeto.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/91/projeto_de_lei-_n-_715-_processo_seletivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/81/req-01-2024-ver-jv-calcamento.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/82/req-02-2024-ver-jv-calcamento.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/88/req-007-2024_parlamentar-_joao_victor_.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/89/req-006-2024_parlamentar-_joao_victor_.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/90/req-005-2024_parlamentar-_raul_.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/93/req-009-2024_parlamentar-_raul_.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/94/req-010-2024_parlamentar-_teixeira_.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/95/req-011-2024-_mp-_gil_fabio_.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2024/96/req-12-2024-jv-convidar-representante-funsed.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="128.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="127.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="248.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>