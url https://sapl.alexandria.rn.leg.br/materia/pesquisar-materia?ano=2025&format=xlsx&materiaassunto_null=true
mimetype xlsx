--- v0 (2025-12-07)
+++ v1 (2026-01-27)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="686" uniqueCount="361">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="702" uniqueCount="369">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -513,50 +513,62 @@
   <si>
     <t>323</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/323/ccf30102025_0003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO AO PODER EXECUTIVO MUNICIPAL A EFETUAR O REMANEJAMNETO, TRANSPOSIÇÃO E TRANSFERÊNCIAS DE DOTAÇÕES ORÇAMENTÁRIAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/326/ccf03122025_0009.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DE ENFRENTAMENTO À VIOLÊNCIA CONTRA AS MULHERES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
+    <t>327</t>
+  </si>
+  <si>
+    <t>819</t>
+  </si>
+  <si>
+    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/327/projeto_de_lei_795_compressed.pdf</t>
+  </si>
+  <si>
+    <t>Estima a Receita e fixa a Despesa do Município de Alexandria/RN para o exercício de 2026 e determina outras providências.</t>
+  </si>
+  <si>
     <t>257</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/257/ccf20082025.pdf</t>
   </si>
   <si>
     <t>PROMOVE AJUSTES DAS NORMAS ATINENTES AO REGIME PRÓPRIO DE PREVIDÊNCIA DO MUNICIPIO DE ALEXANDRIA, ALTERANDO A LEI ORDINÁRIA MUNICIPAL N°840, DE 01 DE JUNHO DE 2005 E ACRESCENTANDO DISPOSITIVOS A LEI COMPLEMENTAR N° 012, DE 02 DE DEZEMBRO DE 2024. DE AUTORIA DO PREFEITO RAIMUNDO FERREIRA DE ANDRADE</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/119/ccf23042025.pdf</t>
@@ -1051,50 +1063,62 @@
     <t>A CONCLUSÃO DA PAVIMENTAÇÃO EM PARALELEPÍPEDO DA RUA DONA TILA HENRIQUE FORMIGA, NO BAIRRO CASCALHO</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/324/ccf03122025_0006.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA DETERMINADA A REFORMA DO BANHEIRO EXISTENTE NO CEMITÉRIO MUNICIPAL DE ALEXANDRIA/RN</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/325/ccf03122025_0007.pdf</t>
   </si>
   <si>
     <t>FAIXA ELEVADA PARA TRAVESSIA DE PEDESTRES A SER CONSTRUÍDA NA RUA GREGÓRIO DE PAIVA (PROXIMIDADES DA ESCOLA WALDEMAR DE SOUSA VERAS), CONFORME AS NORMAS PREVISTAS PELA ABNT</t>
+  </si>
+  <si>
+    <t>328</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/328/ccf23122025.pdf</t>
+  </si>
+  <si>
+    <t>SOLICITAMOS A VOSSA EXCELÊNCIA REQUERER A DISPONIBILIZAÇÃO DOS BALANCETES FINANCEIROS REFERENTES AOS MESES COMPREENDIDOS ENTRE JANEIRO E NOVEMBRO DE 2025, BEM COMO DOS RESPECTIVOS COMPROVANTES DE DESPESAS</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emendas</t>
   </si>
   <si>
     <t>Jeane Carlina Saraiva de Sá</t>
   </si>
   <si>
     <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/135/ccf19052025_0001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DO ARTIGO 57 E SEUS PARÁGRAFOS DA LEI ORGÂNICA DO MUNICÍPIO DE ALEXANDRIA. DE AUTORIA DA SENHORA PREFEITA JEANE CARLINA SARAIVA DE SÁ.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/277/ccf03092025_0001.pdf</t>
   </si>
@@ -1440,56 +1464,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/259/ccf27082025_0041.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/102/ccf08042025_0008.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/107/ccf15042025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/108/ccf15042025_0001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/109/ccf15042025_0002.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/110/ccf15042025_0004.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/111/ccf15042025_0005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/112/ccf15042025_0006.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/113/ccf15042025_0008.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/114/ccf15042025_0009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/115/ccf15042025_0010.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/116/ccf15042025_0011.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/118/ccf16042025_0003.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/129/ccf30042025_0010.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/133/ccf19052025_0004.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/136/ccf19052025_0002.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/137/ccf19052025_0005.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/150/ccf22052025_0012.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/151/ccf22052025_0013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/159/ccf03062025_0008.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/160/ccf05062025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/164/ccf10062025_0001.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/245/ccf12082025_0006.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/319/ccf30092025_0006.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/317/ccf30092025_0003.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/249/ccf15082025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/256/ccf19082025_0001.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/278/ccf03092025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/279/ccf09092025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/280/ccf09092025_0001.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/281/ccf09092025_0002.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/282/ccf09092025_0003.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/320/ccf09102025_0006.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/321/ccf15102025_0001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/322/ccf30102025_0002.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/323/ccf30102025_0003.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/326/ccf03122025_0009.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/257/ccf20082025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/119/ccf23042025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/117/ccf16042025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/258/ccf20082025_0001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/97/04.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/98/12.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/106/presidente_cpl.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/105/estado_do_rio_grande_do_norte-2.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/120/ccf29042025_0002.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/122/ccf29042025_0004.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/121/ccf29042025_0003.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/128/ccf29042025_0010.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/127/ccf29042025_0009.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/126/ccf29042025_0008.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/123/ccf29042025_0005.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/125/ccf29042025_0007.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/124/ccf29042025_0006.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/132/ccf13052025_0003.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/140/ccf20052025_0003.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/141/ccf20052025_0004.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/142/ccf20052025_0005.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/144/ccf20052025_0007.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/145/ccf20052025_0008.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/146/ccf20052025_0009.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/147/ccf20052025_0010.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/148/ccf20052025_0011.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/149/ccf20052025_0012.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/152/ccf22052025_0014.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/153/ccf27052025_0013.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/154/ccf29052025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/155/ccf29052025_0001.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/156/ccf29052025_0002.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/157/ccf29052025_0003.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/158/ccf29052025_0004.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/161/ccf05062025_0001.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/162/ccf05062025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/163/ccf05062025_0002.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/165/ccf10062025_0002.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/166/ccf18062025_0001.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/324/ccf03122025_0006.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/325/ccf03122025_0007.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/135/ccf19052025_0001.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/277/ccf03092025_0001.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/318/ccf30092025_0005.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/259/ccf27082025_0041.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/102/ccf08042025_0008.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/107/ccf15042025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/108/ccf15042025_0001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/109/ccf15042025_0002.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/110/ccf15042025_0004.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/111/ccf15042025_0005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/112/ccf15042025_0006.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/113/ccf15042025_0008.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/114/ccf15042025_0009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/115/ccf15042025_0010.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/116/ccf15042025_0011.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/118/ccf16042025_0003.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/129/ccf30042025_0010.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/133/ccf19052025_0004.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/136/ccf19052025_0002.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/137/ccf19052025_0005.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/150/ccf22052025_0012.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/151/ccf22052025_0013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/159/ccf03062025_0008.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/160/ccf05062025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/164/ccf10062025_0001.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/245/ccf12082025_0006.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/319/ccf30092025_0006.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/317/ccf30092025_0003.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/249/ccf15082025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/256/ccf19082025_0001.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/278/ccf03092025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/279/ccf09092025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/280/ccf09092025_0001.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/281/ccf09092025_0002.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/282/ccf09092025_0003.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/320/ccf09102025_0006.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/321/ccf15102025_0001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/322/ccf30102025_0002.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/323/ccf30102025_0003.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/326/ccf03122025_0009.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/327/projeto_de_lei_795_compressed.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/257/ccf20082025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/119/ccf23042025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/117/ccf16042025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/258/ccf20082025_0001.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/97/04.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/98/12.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/106/presidente_cpl.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/105/estado_do_rio_grande_do_norte-2.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/120/ccf29042025_0002.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/122/ccf29042025_0004.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/121/ccf29042025_0003.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/128/ccf29042025_0010.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/127/ccf29042025_0009.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/126/ccf29042025_0008.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/123/ccf29042025_0005.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/125/ccf29042025_0007.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/124/ccf29042025_0006.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/132/ccf13052025_0003.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/140/ccf20052025_0003.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/141/ccf20052025_0004.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/142/ccf20052025_0005.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/144/ccf20052025_0007.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/145/ccf20052025_0008.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/146/ccf20052025_0009.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/147/ccf20052025_0010.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/148/ccf20052025_0011.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/149/ccf20052025_0012.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/152/ccf22052025_0014.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/153/ccf27052025_0013.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/154/ccf29052025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/155/ccf29052025_0001.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/156/ccf29052025_0002.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/157/ccf29052025_0003.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/158/ccf29052025_0004.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/161/ccf05062025_0001.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/162/ccf05062025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/163/ccf05062025_0002.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/165/ccf10062025_0002.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/166/ccf18062025_0001.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/324/ccf03122025_0006.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/325/ccf03122025_0007.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/328/ccf23122025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/135/ccf19052025_0001.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/277/ccf03092025_0001.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/318/ccf30092025_0005.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H86"/>
+  <dimension ref="A1:H88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="107.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2457,1282 +2481,1334 @@
       </c>
       <c r="E38" t="s">
         <v>18</v>
       </c>
       <c r="F38" t="s">
         <v>24</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>165</v>
       </c>
       <c r="H38" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>167</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>168</v>
       </c>
       <c r="D39" t="s">
+        <v>17</v>
+      </c>
+      <c r="E39" t="s">
+        <v>18</v>
+      </c>
+      <c r="F39" t="s">
+        <v>24</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="E39" t="s">
+      <c r="H39" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>171</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>172</v>
+      </c>
+      <c r="D40" t="s">
         <v>173</v>
       </c>
-      <c r="B40" t="s">
-[...2 lines deleted...]
-      <c r="C40" t="s">
+      <c r="E40" t="s">
         <v>174</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>175</v>
       </c>
       <c r="H40" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>177</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>10</v>
+        <v>178</v>
       </c>
       <c r="D41" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="E41" t="s">
+        <v>174</v>
+      </c>
+      <c r="F41" t="s">
+        <v>24</v>
+      </c>
+      <c r="G41" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="F41" t="s">
-[...2 lines deleted...]
-      <c r="G41" s="1" t="s">
+      <c r="H41" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
+        <v>182</v>
+      </c>
+      <c r="E42" t="s">
         <v>183</v>
       </c>
-      <c r="E42" t="s">
+      <c r="F42" t="s">
+        <v>106</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="F42" t="s">
-[...2 lines deleted...]
-      <c r="G42" s="1" t="s">
+      <c r="H42" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>186</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>10</v>
+      </c>
+      <c r="D43" t="s">
         <v>187</v>
       </c>
-      <c r="B43" t="s">
-[...5 lines deleted...]
-      <c r="D43" t="s">
+      <c r="E43" t="s">
         <v>188</v>
       </c>
-      <c r="E43" t="s">
+      <c r="F43" t="s">
+        <v>24</v>
+      </c>
+      <c r="G43" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="F43" t="s">
+      <c r="H43" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D44" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E44" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F44" t="s">
         <v>194</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>195</v>
       </c>
       <c r="H44" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>197</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D45" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E45" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F45" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="H45" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D46" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E46" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F46" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="H46" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>204</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>45</v>
+      </c>
+      <c r="D47" t="s">
+        <v>192</v>
+      </c>
+      <c r="E47" t="s">
+        <v>193</v>
+      </c>
+      <c r="F47" t="s">
+        <v>198</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="B47" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H47" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="D48" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E48" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F48" t="s">
-        <v>106</v>
+        <v>131</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="H48" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>207</v>
+        <v>57</v>
       </c>
       <c r="D49" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E49" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F49" t="s">
-        <v>13</v>
+        <v>106</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="H49" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>210</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>211</v>
       </c>
       <c r="D50" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E50" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="G50" s="1" t="s">
+      <c r="H50" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>214</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
         <v>215</v>
       </c>
-      <c r="B51" t="s">
-[...2 lines deleted...]
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>192</v>
+      </c>
+      <c r="E51" t="s">
+        <v>193</v>
+      </c>
+      <c r="F51" t="s">
         <v>216</v>
-      </c>
-[...7 lines deleted...]
-        <v>29</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>217</v>
       </c>
       <c r="H51" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>219</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>220</v>
       </c>
       <c r="D52" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E52" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F52" t="s">
         <v>29</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>221</v>
       </c>
       <c r="H52" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>223</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>224</v>
       </c>
       <c r="D53" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E53" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F53" t="s">
-        <v>190</v>
+        <v>29</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>225</v>
       </c>
       <c r="H53" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>227</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>228</v>
       </c>
       <c r="D54" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E54" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F54" t="s">
-        <v>29</v>
+        <v>194</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>229</v>
       </c>
       <c r="H54" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>231</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>232</v>
       </c>
       <c r="D55" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E55" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F55" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>233</v>
       </c>
       <c r="H55" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>235</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>236</v>
       </c>
       <c r="D56" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E56" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F56" t="s">
-        <v>106</v>
+        <v>13</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>237</v>
       </c>
       <c r="H56" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>239</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>240</v>
       </c>
       <c r="D57" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E57" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F57" t="s">
-        <v>19</v>
+        <v>106</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>241</v>
       </c>
       <c r="H57" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>243</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>244</v>
       </c>
       <c r="D58" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E58" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F58" t="s">
-        <v>190</v>
+        <v>19</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>245</v>
       </c>
       <c r="H58" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>247</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>248</v>
       </c>
       <c r="D59" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E59" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F59" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>249</v>
       </c>
       <c r="H59" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>251</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>252</v>
       </c>
       <c r="D60" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E60" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F60" t="s">
-        <v>131</v>
+        <v>194</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>253</v>
       </c>
       <c r="H60" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>255</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>256</v>
       </c>
       <c r="D61" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E61" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F61" t="s">
-        <v>19</v>
+        <v>131</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>257</v>
       </c>
       <c r="H61" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>259</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>260</v>
       </c>
       <c r="D62" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E62" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F62" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>261</v>
       </c>
       <c r="H62" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>263</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>264</v>
       </c>
       <c r="D63" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E63" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F63" t="s">
-        <v>194</v>
+        <v>13</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>265</v>
       </c>
       <c r="H63" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>267</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>268</v>
       </c>
       <c r="D64" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E64" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F64" t="s">
-        <v>29</v>
+        <v>198</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>269</v>
       </c>
       <c r="H64" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>271</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>272</v>
       </c>
       <c r="D65" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E65" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F65" t="s">
-        <v>190</v>
+        <v>29</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>273</v>
       </c>
       <c r="H65" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>275</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>276</v>
       </c>
       <c r="D66" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E66" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F66" t="s">
-        <v>106</v>
+        <v>194</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>277</v>
       </c>
       <c r="H66" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>279</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>280</v>
       </c>
       <c r="D67" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E67" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F67" t="s">
-        <v>13</v>
+        <v>106</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>281</v>
       </c>
       <c r="H67" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>283</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>284</v>
       </c>
       <c r="D68" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E68" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F68" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>285</v>
       </c>
       <c r="H68" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>287</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>288</v>
       </c>
       <c r="D69" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E69" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F69" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>289</v>
       </c>
       <c r="H69" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>291</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>292</v>
       </c>
       <c r="D70" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E70" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F70" t="s">
-        <v>131</v>
+        <v>19</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>293</v>
       </c>
       <c r="H70" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>295</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>296</v>
       </c>
       <c r="D71" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E71" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F71" t="s">
-        <v>19</v>
+        <v>131</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>297</v>
       </c>
       <c r="H71" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>299</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>300</v>
       </c>
       <c r="D72" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E72" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F72" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>301</v>
       </c>
       <c r="H72" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>303</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>304</v>
       </c>
       <c r="D73" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E73" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F73" t="s">
-        <v>212</v>
+        <v>13</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>305</v>
       </c>
       <c r="H73" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>307</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>308</v>
       </c>
       <c r="D74" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E74" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F74" t="s">
-        <v>19</v>
+        <v>216</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>309</v>
       </c>
       <c r="H74" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>311</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>312</v>
       </c>
       <c r="D75" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E75" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F75" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>313</v>
       </c>
       <c r="H75" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>315</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>316</v>
       </c>
       <c r="D76" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E76" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F76" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>317</v>
       </c>
       <c r="H76" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>319</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>320</v>
       </c>
       <c r="D77" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E77" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F77" t="s">
-        <v>190</v>
+        <v>13</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>321</v>
       </c>
       <c r="H77" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>323</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>324</v>
       </c>
       <c r="D78" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E78" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F78" t="s">
-        <v>131</v>
+        <v>194</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>325</v>
       </c>
       <c r="H78" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>327</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>328</v>
       </c>
       <c r="D79" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E79" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F79" t="s">
-        <v>212</v>
+        <v>131</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>329</v>
       </c>
       <c r="H79" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>331</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>332</v>
       </c>
       <c r="D80" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E80" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F80" t="s">
-        <v>131</v>
+        <v>216</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>333</v>
       </c>
       <c r="H80" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>335</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>336</v>
       </c>
       <c r="D81" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E81" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F81" t="s">
-        <v>13</v>
+        <v>131</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>337</v>
       </c>
       <c r="H81" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>339</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>340</v>
       </c>
       <c r="D82" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E82" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F82" t="s">
-        <v>212</v>
+        <v>13</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>341</v>
       </c>
       <c r="H82" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>343</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>344</v>
       </c>
       <c r="D83" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E83" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F83" t="s">
-        <v>190</v>
+        <v>216</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>345</v>
       </c>
       <c r="H83" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>347</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>10</v>
+        <v>348</v>
       </c>
       <c r="D84" t="s">
-        <v>348</v>
+        <v>192</v>
       </c>
       <c r="E84" t="s">
+        <v>193</v>
+      </c>
+      <c r="F84" t="s">
+        <v>194</v>
+      </c>
+      <c r="G84" s="1" t="s">
         <v>349</v>
       </c>
-      <c r="F84" t="s">
+      <c r="H84" t="s">
         <v>350</v>
-      </c>
-[...4 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>351</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>352</v>
+      </c>
+      <c r="D85" t="s">
+        <v>192</v>
+      </c>
+      <c r="E85" t="s">
+        <v>193</v>
+      </c>
+      <c r="F85" t="s">
+        <v>194</v>
+      </c>
+      <c r="G85" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="B85" t="s">
-[...14 lines deleted...]
-      <c r="G85" s="1" t="s">
+      <c r="H85" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>355</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>10</v>
+      </c>
+      <c r="D86" t="s">
         <v>356</v>
       </c>
-      <c r="B86" t="s">
-[...5 lines deleted...]
-      <c r="D86" t="s">
+      <c r="E86" t="s">
         <v>357</v>
       </c>
-      <c r="E86" t="s">
+      <c r="F86" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>359</v>
       </c>
       <c r="H86" t="s">
         <v>360</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>361</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>23</v>
+      </c>
+      <c r="D87" t="s">
+        <v>356</v>
+      </c>
+      <c r="E87" t="s">
+        <v>357</v>
+      </c>
+      <c r="F87" t="s">
+        <v>19</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="H87" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>364</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>23</v>
+      </c>
+      <c r="D88" t="s">
+        <v>365</v>
+      </c>
+      <c r="E88" t="s">
+        <v>366</v>
+      </c>
+      <c r="F88" t="s">
+        <v>19</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="H88" t="s">
+        <v>368</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -3778,50 +3854,52 @@
     <hyperlink ref="G62" r:id="rId61"/>
     <hyperlink ref="G63" r:id="rId62"/>
     <hyperlink ref="G64" r:id="rId63"/>
     <hyperlink ref="G65" r:id="rId64"/>
     <hyperlink ref="G66" r:id="rId65"/>
     <hyperlink ref="G67" r:id="rId66"/>
     <hyperlink ref="G68" r:id="rId67"/>
     <hyperlink ref="G69" r:id="rId68"/>
     <hyperlink ref="G70" r:id="rId69"/>
     <hyperlink ref="G71" r:id="rId70"/>
     <hyperlink ref="G72" r:id="rId71"/>
     <hyperlink ref="G73" r:id="rId72"/>
     <hyperlink ref="G74" r:id="rId73"/>
     <hyperlink ref="G75" r:id="rId74"/>
     <hyperlink ref="G76" r:id="rId75"/>
     <hyperlink ref="G77" r:id="rId76"/>
     <hyperlink ref="G78" r:id="rId77"/>
     <hyperlink ref="G79" r:id="rId78"/>
     <hyperlink ref="G80" r:id="rId79"/>
     <hyperlink ref="G81" r:id="rId80"/>
     <hyperlink ref="G82" r:id="rId81"/>
     <hyperlink ref="G83" r:id="rId82"/>
     <hyperlink ref="G84" r:id="rId83"/>
     <hyperlink ref="G85" r:id="rId84"/>
     <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>