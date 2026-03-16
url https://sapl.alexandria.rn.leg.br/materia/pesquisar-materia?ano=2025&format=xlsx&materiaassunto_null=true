--- v1 (2026-01-27)
+++ v2 (2026-03-16)
@@ -54,1110 +54,1110 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Maria Clara Vaqueira</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/259/ccf27082025_0041.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/259/ccf27082025_0041.pdf</t>
   </si>
   <si>
     <t>CONCEDER TÍTULO DE CIDADÃ ALEXANDRIENSE A ILUSTRÍSSIMA SENHORA RAÍSSA SHAMIA FERREIRA DE SOUSA.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>De Assis Euflauzino</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/102/ccf08042025_0008.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/102/ccf08042025_0008.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA JOSÉ RICÉLIO DE ANDRADE, A ATUAL RUA PROJETADA N°02, LOCALIZADA NA TRASVERSAL ENTRE AS RUAS ANTÔNIO FERNANDES MOUSINHO E IRACI DE ALMEIDA ROCHA, NO BAIRRO ALTO DA BOA VISTA. DE AUTORIA DO VEREADOR FRANCISCO DE ASSIS EUFLAZINO.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Raimundo Ferreira de Andrade</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/107/ccf15042025.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/107/ccf15042025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ACRÉSCIMO DE ATÉ 10% ( POR CENTO) AO PERCENTUAL MÁXIMO PARA A CONTRATAÇÃO DE OPERAÇÕES DE CRÉDITO COM DESCONTO AUTOMÁTICO, EM FOLHA DE PAGAMENTO, ATÉ 31 DE DEZEMBRO DE 2026, ALTERANDO A LEI N° 814/2002. DE AUTORIA DO SENHOR PREFEITO RAIMUNDO FERREIRA DE ANDRADE.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Ciro Patrício</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/108/ccf15042025_0001.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/108/ccf15042025_0001.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DA RUA SANTO ANTÔNIO, COM INÍCIO A PARTIR DA RUA PRESIDENTE JUSCELINO ATÉ O ENTROCAMENTO COM A AVENIDA DEP. JOSÉ PATRÍCIO DE PIGUEIREDO NETO E RN 079, NO BAIRRO SANTO ANTÔNIO, PASSANDO A SERT DENOMINADA DE RUA ARTHUR AMÉRICO VERÍSSIMI DE OLIVEIRA, NESTA CIDADE DE ALEXANDRIA-RN E DÁ OUTRAS PROVIDÊNCIAS. DE AUTORIA DO VEREADOR CIRO VERÍSSIMO PATRÍCIO DE FIGUEIREDO.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/109/ccf15042025_0002.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/109/ccf15042025_0002.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DA RUA SANTO AMARO, QUE CRUZA AS RUAS AUGUSTO SEGUNDO FERNANDES, JOSÉ ANANIAS DE SOUZA E MANOEL DE A. P. GADELHA, NO BAIRRO SANTO AMARO, PASSANDO A SER DENOMINADA DE RUA PROFESSORA MARIA DAS DORES DE SOUSA, NESTA CIDADE DE ALEXANDRIA-RN E DÁ OUTRAS PROVIDÊNCIAS. DE AUTORIA DO VEREADOR CIRO VERÍSSIMO PATRÍCIO DE FIGUEIRESO.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/110/ccf15042025_0004.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/110/ccf15042025_0004.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da Rua São Francisco, que cruza a Rua Teodoro Benjamin, no Conjunto São Francisco, passando denomiada de Rua Joserilda Rodrigues de Melo, nesta cidade de Alexandria-RN e dá outras Providências. De autoria do vereador Ciro Veríssimo Patrício de Figueiredo.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/111/ccf15042025_0005.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/111/ccf15042025_0005.pdf</t>
   </si>
   <si>
     <t>Diapôe sobre o plano de Carreira de Classificação de Cargos e empregos, Quadros pessoal, Evolução e progressão funcional da prefeitura Municipal de Alexandria e dá outras Providências. De autoria do Raimundo Ferreira de Andrade.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/112/ccf15042025_0006.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/112/ccf15042025_0006.pdf</t>
   </si>
   <si>
     <t>Dispôe a inclusão e alteração do ANEXO VI, da lei n°933, de 09 de outubro de 2009, modificada pela lei n°1.284, de 20 de março de 2024 e dá outras providências. De autoria do prefeito Raimundo Ferreira de Andrade.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/113/ccf15042025_0008.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/113/ccf15042025_0008.pdf</t>
   </si>
   <si>
     <t>Dispôe sobre o plano de carreira e classificação de Cargos e Empregos, quadro pessoal e progressão funcional do Serviço Autônamo de água e Esgoto de Alexandria e dá outras Providências. De autoria do Prefeito Raimundo Ferreira de Andrade.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/114/ccf15042025_0009.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/114/ccf15042025_0009.pdf</t>
   </si>
   <si>
     <t>Dispôe sobre o plano de Carreira e Remuneração do Magistério da Educação Básica Municipal de Alexandria e dá outras providências. De autoria do Prefeito Raimundo Ferreira de Andrade.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/115/ccf15042025_0010.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/115/ccf15042025_0010.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Daniel Leandro Maniçoba, a rua projetada 07, localizada entre as ruas Antônio Fernandes Mousinho e Iraci de Almeida Rocha, no Bairro Alto da Boa Vista e dá outras Providências. De autoria do vereador Francisco de Assis Euflauzino;</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/116/ccf15042025_0011.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/116/ccf15042025_0011.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de processo Seletivo Simplificado, no âmbito do Município de Alexandria. De autoria do senhor Prefeito Raimundo Ferreira de Andrade.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/118/ccf16042025_0003.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/118/ccf16042025_0003.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE ALEXANDRIA O INCENTIVO DO COMPONENTE DE QUALIDADE NA ATENÇÃO PRIMÁRIA À SAÚDE, PARA AS EQUIPES DE SAÚDE DA FAMÍLIA, EQUIPES DE ATENÇÃO PRÍMARIA, AGENTES COMUNITÁRIOS DE SAÚDE, EQUIPE E SAÚDE BUCAL E EQUIPE MULTIFUNCIONAL NA ATENÇÃO PRIMÁRIA À SAÚDE E DÁ OUTRAS PROVIDÊNCIAS. DE AUTORIA DO PREFEITO RAIMUNDO FERREIRA DE ANDRADE.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/129/ccf30042025_0010.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/129/ccf30042025_0010.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n°753/2025</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/133/ccf19052025_0004.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/133/ccf19052025_0004.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA INSERÇÃO DO SÍMBOLO MUNDIAL DE CONSCIENTIZAÇÃO DO TRANSTORNO DO ESPECTRO AUTISTA ( TEA), NAS PLACAS DE ATENDIMENTO PRIORITÁRIO EM ESTABELECIMENTOS PÚBLICOS E PRIVADOS NO ÂMBITO DO MUNICÍPIO DE ALEXANDRIA- RN E DÁ OUTRAS PROVIDÊNCIAS. DE AUTORIA DO VEREADOR FRANCISCO DE ASSIS EUFLAUZINO.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/136/ccf19052025_0002.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/136/ccf19052025_0002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE GRATIFICAÇÃO DE PRODUTIVIDADE AOS PROFISSIONAIS DENTISTAS, TÉCNICOS DE SAÚDE BUCAL E TÉCNICOS DE RAIO X DO CENTRO DE ESPECIALIDADES ODONTOLÓGICAS (CEO) E DÁ OUTRAS PROVIDÊNCIAS. DE AUTORIA DO PREFEITO RAIMUNDO FERREIRA DE ANDRADE.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/137/ccf19052025_0005.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/137/ccf19052025_0005.pdf</t>
   </si>
   <si>
     <t>CRIA OS COMPONENTES DO MUNICÍPIO DE ALEXANDRIA-RN DO SISTEMA NACIONAL DE SEGURANÇA ALIMENTAR, DEFINE OS PARÂMETROS PARA A ELABORAÇÃO E IMPLEMENTAÇÃO DO PLANO MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL, CRIA O CONSELHO MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL- COMSAN,CRIA O PROGRAMA MUNICIPAL DE DISTRIBUIÇÃO DE ALIMENTOS-PMDA E DÁ OUTRAS PROVIDENCIAS. DE AUTORIA DO PREFEITO RAIMUNDO FERREIRA DE ANDRADE.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/150/ccf22052025_0012.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/150/ccf22052025_0012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECULTIVO MUNICIPAL A CONCEDER PRIORIDADE NOS PROGRAMAS HABITACIONAIS DESENVOLVIMENTOS PELO MUNICÍPIO DE ALEXANDRIA/RN ÀS MÃES ATÍPICAS OU TUTORES/CURADORES COM FILHOS OU TUTELADOS/CURADORES DO TRANSTORNO DO ESPECTRO AUTISTA-TEA, PESSOAS COM DEFICIÊNCIA FÍSICA, PESSOAS COM OUTROS TRANSTORNOS DE DESENVOLVIMENTO OU DOENÇAS CRÔNICAS, ISTO É, AQUELAS QUE NÃO SE ENQUADRAM NO DESENVOLVIMENTO TÍPICO E DÁ OUTRAS PROVIDÊNCIAS. DE AUTORIA DO VEREADOR CIRO VERÍSSIMO PATRÍCIO DE FIGUEIREDO.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/151/ccf22052025_0013.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/151/ccf22052025_0013.pdf</t>
   </si>
   <si>
     <t>CRIA O AUXÍLIO AOS CATADORES DESLOCADOS DO ATERRO CONTROLADO DO MUNICÍPIO DE ALEXANDRIA-RN E DÁ OUTRAS PROVIDÊNCIAS. DE AURTORIA DO PREFEITO RAIMUNDO FERREIRA DE ANDRADE .</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/159/ccf03062025_0008.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/159/ccf03062025_0008.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE BEM IMÓVEL E DÁ OUTRAS PROVIDÊNCIAS. DE AUTORIA DO PREFEITO RAIMUNDO FERREIRA DE ANDRADE.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/160/ccf05062025.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/160/ccf05062025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECONHECIMENTO DA FESTA ALUSIVA AO SÃO JOÃO E SÃO PEDRO, BEM COMO O FESTIVAL DE QUADRILHAS JUNINAS COMO PATRIMÔNIO CULTURAL DE ALEXANDRIA E DÁ OUTRAS PROVIDÊNCIAS. DE AUTORIA DO PREFEITO RAIMUNDO FERREIRA DE ANDRADE.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/164/ccf10062025_0001.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/164/ccf10062025_0001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ASSOCIAÇÃO DO MUNICÍPIO DE ALEXANDRIA-RN AO POLO TURÍSTICO DO OESTE POTIGUAR-IGR POTIGUAR E DÁ OUTRAS PROVIDÊNCIAS. DE AUTORIA DO PREFEITO RAIMUNDO FERREIRA DE ANDRADE.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Gil Fábio</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/245/ccf12082025_0006.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/245/ccf12082025_0006.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 1° E SUPRIME O ART. 2°, DA LEI N° 983, DE 14 DE ABRIL DE 2011, QUE INSTITUI O DIA MUNICIPAL DA POESIA E DÁ OUTRAS PROVIDÊNCIAS. DE AUTORIA DO VEREADOR FRANCISCO GIL FÁBIO TAVEIRA.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/319/ccf30092025_0006.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/319/ccf30092025_0006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretixeas para a elaboração da Lei Orçamento anual para o Exercício de 2026 e dá outras Providências.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/317/ccf30092025_0003.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/317/ccf30092025_0003.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Concessão de ajuda de custo destinado a moradia e alimentação aos Médicos participantes do Programa mais Médicos no Município de Alexandria e dá outras Providências.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/249/ccf15082025.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/249/ccf15082025.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTARIA ANUAL PARA O EXERCICIO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/256/ccf19082025_0001.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/256/ccf19082025_0001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS. DE AUTORIA DO PREFEITO RAIMUNDO FERREIRA DE ANDRADE</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/278/ccf03092025.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/278/ccf03092025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei orçamentária anual para o Exercício de 2026 e dá outras Providências. De autoria do Prefeito Raimundo Ferreira de Andrade.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>Chiquinho Pires</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/279/ccf09092025.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/279/ccf09092025.pdf</t>
   </si>
   <si>
     <t>Denomina de Joaquina Ionete Fernandes Moreira Pereira (Ianete Moreira) e Escola Pro Infância tipo I convencional-Creche em Construção no Bairro Novo Horizonte. De autoria do vereador Francisco Moreira Pires.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/280/ccf09092025_0001.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/280/ccf09092025_0001.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Cavalcante de Figueiredo, a Rua Projetada I, localizada no conjunto George Pereira, situada no Bairro Alto Boa Vista, nesta cidade de Alexabdria-RN e dá outras Providências. De autroria do vereador Ciro Patrício de Figueiredo.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/281/ccf09092025_0002.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/281/ccf09092025_0002.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Clodoaldo Maniçoba Filho, a Rua Projetada 2, localizada no Conjunto George Pereira, situada no Bairro Alto Boa Vista, nesta cidade de Alexandria-RNe dá outras Providências. De autoria do vereador Ciro Veríssimo Patrício de Figueiredo.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>Cícero Bernardino</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/282/ccf09092025_0003.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/282/ccf09092025_0003.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a Associação de Proteção e Assistência às pessoas com deficiência de Alexandria-RN e dá outras Providências. De autoria Ciro Veríssimo Patrício de Figueiredo.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/320/ccf09102025_0006.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/320/ccf09102025_0006.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE DIVULGAÇÃO DA LISTA DE ESPERA PARA CONSULTAS, EXAMES E PROCEDIMENTOS REALIZADOS PELO SISTEMA UNICO DE SAÚDE (SUS) NO ÂMBITO DO MUNICÍPIO DE ALEXANDRIA/RN E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/321/ccf15102025_0001.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/321/ccf15102025_0001.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE ALEXANDRIA-RN, A CAVALGADA DO ANIVERSÁRIO DE ALEXANDRIA, INTEGRA O EVENTO AO CALENDÁRIO OFICIAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS. DE AUTORIA DA VEREADORA MARIA CLARA GONÇALVES SOARES</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/322/ccf30102025_0002.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/322/ccf30102025_0002.pdf</t>
   </si>
   <si>
     <t>REESTRUTURA A LEI MUNICIPAL N° 1.321, DE 29 DE ABRIL DE 2025, PARA DISPOR EXCLUSIVAMENTE SOBRE AS ORGANIZAÇÕES SOCIAIS NO ÂMBITO DO MUNICÍPIO DE ALEXANDRIA/RN, REVOGANDO AS DISPOSIÇÕES REFERENTE À LEI FEDERAL N°13.019/2014, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/323/ccf30102025_0003.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/323/ccf30102025_0003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO AO PODER EXECUTIVO MUNICIPAL A EFETUAR O REMANEJAMNETO, TRANSPOSIÇÃO E TRANSFERÊNCIAS DE DOTAÇÕES ORÇAMENTÁRIAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/326/ccf03122025_0009.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/326/ccf03122025_0009.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DE ENFRENTAMENTO À VIOLÊNCIA CONTRA AS MULHERES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/327/projeto_de_lei_795_compressed.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/327/projeto_de_lei_795_compressed.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Alexandria/RN para o exercício de 2026 e determina outras providências.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/257/ccf20082025.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/257/ccf20082025.pdf</t>
   </si>
   <si>
     <t>PROMOVE AJUSTES DAS NORMAS ATINENTES AO REGIME PRÓPRIO DE PREVIDÊNCIA DO MUNICIPIO DE ALEXANDRIA, ALTERANDO A LEI ORDINÁRIA MUNICIPAL N°840, DE 01 DE JUNHO DE 2005 E ACRESCENTANDO DISPOSITIVOS A LEI COMPLEMENTAR N° 012, DE 02 DE DEZEMBRO DE 2024. DE AUTORIA DO PREFEITO RAIMUNDO FERREIRA DE ANDRADE</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/119/ccf23042025.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/119/ccf23042025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO ADICIONAL ORIUNDO DE PAGAMENTO DE INCENTIVO ADICIONAL DO COMPONENTE DE QUALIDADE, EM PARCELA ÚNICA, CONSIDERANDO $3° DA PORTARIA GM/MS N°3.496, DE 10 DE ABRIL DE 2024, AOS SERVIDORES DA ESTRATÉGIA DE SAÚDE DA FAMÍLIA, EQUIPE DE SAÚDE BUCAL E EQUIPE E- MULTI, NO MUNICÍPIO DE ALEXANDRIA E DÁ OUTRAS PROVIDÊNCIAS. DE AUTORIA DO PREFEITO RAIMUNDO FERREIRA DE ANDRADE.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/117/ccf16042025.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/117/ccf16042025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO ALEXANDRIENSE AO ILUSTRÍSSIMO SENHOR ILÁRIO DENIS DE OLIVEIRA E DÁ OUTRAS PROVIDENCIAS. DE AUTORIA DO VEREADOR FRANCISCO GIL FÁBIO TAVEIRA.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/258/ccf20082025_0001.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/258/ccf20082025_0001.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA À LEI ORGÂNICA MUNICIPAL N°10/2025. DISPÕE SOBRE A CRIAÇÃO DO ARTIGO 57-A JUNTO A LEI ORGÂNICA DO MUNICIPIO DE ALEXANDRIA. DE AUTORIA DO PREFEITO RAIMUNDO FERREIRA DE ANDRADE</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Raul Bezerra</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/97/04.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/97/04.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Prefeito Municipal e à Secretária de Obras e Urbanismo que informe a esta Casa, se há possibilidade de se realizar a pavimentação do prolongamento da Rua Padre Erisberto, no bairro Novo Horizonte.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>João Victor de Ciaca</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/98/12.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/98/12.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Prefeito Municipal e à Secretária de Obras e Urbanismo a pavimentação de trecho no Sítio Malhada.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Prefeito Municipal e ao Secretário de Obras e Urbanismo providências, no sentido de viabilizar ações de reforma/manutenção da caixa d’água do Sítio Malhada Branca. Justificativa em Plenário.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Prefeito Municipal e ao Secretário de Obras e Urbanismo providências no sentido de viabilizar a iluminação da ladeira de acesso ao Sítio Serrota. Justificativa em Plenário</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>AÇÕES DE MANUTENÇÃO/RESTAURAÇÃO DO MERCADO PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>LIMPEZA DOS MATOS AO REDOR DA ESCOLA FRANCISCO ALVES DE OLIVEIRA, LOCALIZADA NO SÍTIO CARNAUBAL.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/106/presidente_cpl.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/106/presidente_cpl.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE 03 MATA-BURROS NA ESTRADA QUE DÁ ACESSO AO SÍTIO RIACHÃO.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Carlinhos Sarmento</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/105/estado_do_rio_grande_do_norte-2.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/105/estado_do_rio_grande_do_norte-2.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO A ESTA CASA LEGISLATIVA PROJETO DE LEI DETERMINANDO A DOAÇÃO DE TERRENOS E DANDO INCENTIVO FISCAL Á TODA EMPRESA QUE QUEIRA SE INSTALAR NO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/120/ccf29042025_0002.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/120/ccf29042025_0002.pdf</t>
   </si>
   <si>
     <t>Ação no sentido de implementar 02 (dois) redutores de velocidade do tipo  lombada na Avenida Dr.  Gregorio  de Paiva, sendo o primeiro na esquina na Escola Estadual Waldemar de Sousa Veras e o  segundo em frente à lotérica Eldorado, transformando a área em um trecho,  em especial alunos e crianças que usufruem da praça pública para a diverção e lazer.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/122/ccf29042025_0004.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/122/ccf29042025_0004.pdf</t>
   </si>
   <si>
     <t>Estudo e viabilitação da criação do Conselho Municipal de Politicas LGBTQIA+, órgão coegiado, autônomo e permanente, de caráter consultivo e propositivo</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/121/ccf29042025_0003.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/121/ccf29042025_0003.pdf</t>
   </si>
   <si>
     <t>Ação de melhoria e recuperação da quadra poliesportiva, localizada na escola municipal Dr. Gregorio de paiva (COBERTURA DA QUADRA E REVITALIZAÇÃO DE SEU PISO).</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/128/ccf29042025_0010.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/128/ccf29042025_0010.pdf</t>
   </si>
   <si>
     <t>Ação no sentido de iniciar a poda das árvores no Bairro Alto Boa Vista</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/127/ccf29042025_0009.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/127/ccf29042025_0009.pdf</t>
   </si>
   <si>
     <t>Passagem molhada no sítio curral velho, trecho dá acesso ao sítio quixaba.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/126/ccf29042025_0008.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/126/ccf29042025_0008.pdf</t>
   </si>
   <si>
     <t>Conclusão do calçamento da rua Antônio Bento Sobrinho, no Alto Boa Vista.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/123/ccf29042025_0005.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/123/ccf29042025_0005.pdf</t>
   </si>
   <si>
     <t>A instalação de um redutor de velocidade (lombada) e de uma faixa de pedestres na RN79, avenida deputado Patrício Neto, no  bairro santo amaro,  ligando a rua Almino Alves Henrique à trav. Agostinho (BECO DO CACIMBÃO), no  municipio de Alexandria/RN.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/125/ccf29042025_0007.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/125/ccf29042025_0007.pdf</t>
   </si>
   <si>
     <t>Pavimentação do prolongamento da rua Antônio Ferreira de Andrade, no centro da cidade.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/124/ccf29042025_0006.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/124/ccf29042025_0006.pdf</t>
   </si>
   <si>
     <t>Passagem molhada, nas proximidades da residência do senhor ZÉ VIEIRA, no sítio oiteiro.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/132/ccf13052025_0003.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/132/ccf13052025_0003.pdf</t>
   </si>
   <si>
     <t>RETORNO DA ENTREGA DO LEITE DO PROGRAMA " LEITE POTIGUAR" PARA O LOCAL DE ANTES, QUAL SEJA, O ANTIGO POSTO DE SAÚDE DO BAIRRO SANTO AMARO</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/140/ccf20052025_0003.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/140/ccf20052025_0003.pdf</t>
   </si>
   <si>
     <t>A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (LOMBADA) E DE UMA FAIXA DE PEDESTRES NA RN 079, AVENIDA DEPUTADO PATRÍCIO DE FIGUEIREDO NETO, NO  BAIRRO SANTO AMARO, LIGANDO A RUA ALMINO ALVES HENRIQUE À TRAV. AGOSTINHO (BECO DO CACIMBÃO), NO MUNICÍPIO DE ALEXANDRIA/RN.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/141/ccf20052025_0004.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/141/ccf20052025_0004.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DO MATO NA PISTA DE POUSO</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/142/ccf20052025_0005.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/142/ccf20052025_0005.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DO PROLONGAMENTO DA RUA MANOEL GONÇALVES DE ALMEIDA, NO  BAIRRO NOVO HORIZONTE</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/144/ccf20052025_0007.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/144/ccf20052025_0007.pdf</t>
   </si>
   <si>
     <t>ESTUDO E VIABILIZAÇÃO DA CRIAÇÃO DO CONSELHO MUNICIPAL DE POLÍTICAS LGBTQIA+, ORGÃO COLEGIADO, AUTÔNOMO E PERMANENTE, DE CARÁTER CONSULTIVO E PROPOSITIVO</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/145/ccf20052025_0008.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/145/ccf20052025_0008.pdf</t>
   </si>
   <si>
     <t>AÇÕES DE MELHORIA E RECUPERAÇÃO DA QUADRA POLIESPORTIVA, LOCALIZADA NA ESCOLA MUNICIPAL DR. GREGORIO DE PAIVA (COBERTURA DA QUADRA E REVITALIZAÇÃO DO SEU PISO</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/146/ccf20052025_0009.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/146/ccf20052025_0009.pdf</t>
   </si>
   <si>
     <t>CONCLUSÃO DO CALÇAMENTO DA RUA ANTÔNIO BENTO SOBRINHO, NO ALTO BOA VISTA.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/147/ccf20052025_0010.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/147/ccf20052025_0010.pdf</t>
   </si>
   <si>
     <t>PASSAGEM MOLHADA NO SÍTIO CURRAL VELHO, TRECHO QUE DÁ ACESSO AO SÍTIO QUIXABA.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/148/ccf20052025_0011.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/148/ccf20052025_0011.pdf</t>
   </si>
   <si>
     <t>AÇÃO NO SENTIDO DE INICIAR A PODA DAS ÁRVORES NO BAIRRO ALTO BOA VISTA.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/149/ccf20052025_0012.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/149/ccf20052025_0012.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DO PROLONGAMENTO DA RUA ANTÔNIO BENEDITO, NO BAIRRO  SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/152/ccf22052025_0014.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/152/ccf22052025_0014.pdf</t>
   </si>
   <si>
     <t>A NSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (LOMBADA) NA RN-079- AVENIDA DEPUTADO PATRÍCIO NETO, NAS PROXIMIDADES DA ENTRADA DO CONJUNTO GEORGE PEREIRA, ZONA URBANA DO MUNICÍPIO DE ALEXANDRIA/RN</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/153/ccf27052025_0013.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/153/ccf27052025_0013.pdf</t>
   </si>
   <si>
     <t>INSTAÇÃO DE LOMBADAS NA RN-79</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/154/ccf29052025.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/154/ccf29052025.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DO PROLONGAMENTO DA AVENIDA DEPUTADO PATRÍCIO NETO (MARGEM ESQUERDA DA RN-079-SENTIDO MARCELINO VIEIRA), EM FRENTE À RESIDÊNCIA DE JOAQUIM DE DUCA, NO ALTO BOA VISTA</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/155/ccf29052025_0001.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/155/ccf29052025_0001.pdf</t>
   </si>
   <si>
     <t>A REALIZAÇÃO DE UMA CAMPANHA EDUCATIVA DE CONSCIENTIZAÇÃO NO TRÂNSITO, BEM COMO A IMPLANTAÇÃO DE SINALIZAÇÃO VIÁRIA ADEQUADA NAS RUAS DO MUNICÍPIO ALEXANDRIA/RN</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/156/ccf29052025_0002.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/156/ccf29052025_0002.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXMO. PREFEITO MUNICIPAL E À SECRETARIA DE OBRAS E URBANISMO A INSTALAÇÃO DE REDUTOR DE VELOCIDADE ( QUEBRA MOLAS) NA RUA TELEGRAFISTA FILISMINO PEREIRA, NO BAIRRO SANTO ANTÔNIO</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/157/ccf29052025_0003.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/157/ccf29052025_0003.pdf</t>
   </si>
   <si>
     <t>AÇÃO NO SENTIDO DE INICIAR A RECUPERAÇÃO DA ESTRADA RURAL DO SÍTIO CAJÁS</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/158/ccf29052025_0004.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/158/ccf29052025_0004.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LOMBADAS NA RN-079</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/161/ccf05062025_0001.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/161/ccf05062025_0001.pdf</t>
   </si>
   <si>
     <t>PINTURA ( COM REPAROS ) DO PRÉDIO " GENTIL PAIVA DE OLIVEIRA", O QUAL É DE PROPRIEDADE DO MUNICÍPIO, MAS QUE SERVE COMO SEDE DA ESCOLA 7 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/162/ccf05062025.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/162/ccf05062025.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITA A RESTAURAÇÃO DA ESTRADA DO SÍTIO CACIMBA DE CIMA</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/163/ccf05062025_0002.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/163/ccf05062025_0002.pdf</t>
   </si>
   <si>
     <t>A CONCESSÃO DE ADICIONAL DE INSALUBRIDADE E ADCIONAL POR SERVIÇO AOS SERVIDORES PÚBLICOS QUE EXERCEM A FUNÇÃO DE COVEIROS NO MUNICÍPIO DE ALEXANDRIA/RN</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/165/ccf10062025_0002.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/165/ccf10062025_0002.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO A SUBSTITUIÇÃO DE REFLETORES E LÂMPADAS QUEIMADAS NO CEMITÉRIO PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/166/ccf18062025_0001.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/166/ccf18062025_0001.pdf</t>
   </si>
   <si>
     <t>A CONCLUSÃO DA PAVIMENTAÇÃO EM PARALELEPÍPEDO DA RUA DONA TILA HENRIQUE FORMIGA, NO BAIRRO CASCALHO</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/324/ccf03122025_0006.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/324/ccf03122025_0006.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA DETERMINADA A REFORMA DO BANHEIRO EXISTENTE NO CEMITÉRIO MUNICIPAL DE ALEXANDRIA/RN</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/325/ccf03122025_0007.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/325/ccf03122025_0007.pdf</t>
   </si>
   <si>
     <t>FAIXA ELEVADA PARA TRAVESSIA DE PEDESTRES A SER CONSTRUÍDA NA RUA GREGÓRIO DE PAIVA (PROXIMIDADES DA ESCOLA WALDEMAR DE SOUSA VERAS), CONFORME AS NORMAS PREVISTAS PELA ABNT</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/328/ccf23122025.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/328/ccf23122025.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS A VOSSA EXCELÊNCIA REQUERER A DISPONIBILIZAÇÃO DOS BALANCETES FINANCEIROS REFERENTES AOS MESES COMPREENDIDOS ENTRE JANEIRO E NOVEMBRO DE 2025, BEM COMO DOS RESPECTIVOS COMPROVANTES DE DESPESAS</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emendas</t>
   </si>
   <si>
     <t>Jeane Carlina Saraiva de Sá</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/135/ccf19052025_0001.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/135/ccf19052025_0001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DO ARTIGO 57 E SEUS PARÁGRAFOS DA LEI ORGÂNICA DO MUNICÍPIO DE ALEXANDRIA. DE AUTORIA DA SENHORA PREFEITA JEANE CARLINA SARAIVA DE SÁ.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/277/ccf03092025_0001.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/277/ccf03092025_0001.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O ART. 2°-A E O PARÁGRAFO ÚNICO DO ART. 7°, ALTERA A REDAÇÃO DOS ARTS. 7°, 8° E10, O INCISO I DO ART. 16, E O § 2° DO ART. 38 DO PL n° 770/2025.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Precedente Regimental</t>
   </si>
   <si>
-    <t>https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/318/ccf30092025_0005.pdf</t>
+    <t>http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/318/ccf30092025_0005.pdf</t>
   </si>
   <si>
     <t>RICMA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1464,68 +1464,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/259/ccf27082025_0041.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/102/ccf08042025_0008.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/107/ccf15042025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/108/ccf15042025_0001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/109/ccf15042025_0002.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/110/ccf15042025_0004.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/111/ccf15042025_0005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/112/ccf15042025_0006.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/113/ccf15042025_0008.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/114/ccf15042025_0009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/115/ccf15042025_0010.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/116/ccf15042025_0011.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/118/ccf16042025_0003.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/129/ccf30042025_0010.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/133/ccf19052025_0004.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/136/ccf19052025_0002.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/137/ccf19052025_0005.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/150/ccf22052025_0012.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/151/ccf22052025_0013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/159/ccf03062025_0008.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/160/ccf05062025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/164/ccf10062025_0001.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/245/ccf12082025_0006.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/319/ccf30092025_0006.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/317/ccf30092025_0003.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/249/ccf15082025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/256/ccf19082025_0001.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/278/ccf03092025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/279/ccf09092025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/280/ccf09092025_0001.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/281/ccf09092025_0002.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/282/ccf09092025_0003.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/320/ccf09102025_0006.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/321/ccf15102025_0001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/322/ccf30102025_0002.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/323/ccf30102025_0003.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/326/ccf03122025_0009.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/327/projeto_de_lei_795_compressed.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/257/ccf20082025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/119/ccf23042025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/117/ccf16042025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/258/ccf20082025_0001.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/97/04.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/98/12.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/106/presidente_cpl.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/105/estado_do_rio_grande_do_norte-2.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/120/ccf29042025_0002.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/122/ccf29042025_0004.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/121/ccf29042025_0003.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/128/ccf29042025_0010.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/127/ccf29042025_0009.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/126/ccf29042025_0008.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/123/ccf29042025_0005.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/125/ccf29042025_0007.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/124/ccf29042025_0006.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/132/ccf13052025_0003.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/140/ccf20052025_0003.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/141/ccf20052025_0004.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/142/ccf20052025_0005.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/144/ccf20052025_0007.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/145/ccf20052025_0008.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/146/ccf20052025_0009.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/147/ccf20052025_0010.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/148/ccf20052025_0011.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/149/ccf20052025_0012.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/152/ccf22052025_0014.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/153/ccf27052025_0013.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/154/ccf29052025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/155/ccf29052025_0001.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/156/ccf29052025_0002.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/157/ccf29052025_0003.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/158/ccf29052025_0004.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/161/ccf05062025_0001.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/162/ccf05062025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/163/ccf05062025_0002.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/165/ccf10062025_0002.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/166/ccf18062025_0001.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/324/ccf03122025_0006.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/325/ccf03122025_0007.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/328/ccf23122025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/135/ccf19052025_0001.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/277/ccf03092025_0001.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/318/ccf30092025_0005.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/259/ccf27082025_0041.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/102/ccf08042025_0008.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/107/ccf15042025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/108/ccf15042025_0001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/109/ccf15042025_0002.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/110/ccf15042025_0004.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/111/ccf15042025_0005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/112/ccf15042025_0006.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/113/ccf15042025_0008.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/114/ccf15042025_0009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/115/ccf15042025_0010.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/116/ccf15042025_0011.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/118/ccf16042025_0003.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/129/ccf30042025_0010.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/133/ccf19052025_0004.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/136/ccf19052025_0002.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/137/ccf19052025_0005.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/150/ccf22052025_0012.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/151/ccf22052025_0013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/159/ccf03062025_0008.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/160/ccf05062025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/164/ccf10062025_0001.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/245/ccf12082025_0006.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/319/ccf30092025_0006.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/317/ccf30092025_0003.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/249/ccf15082025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/256/ccf19082025_0001.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/278/ccf03092025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/279/ccf09092025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/280/ccf09092025_0001.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/281/ccf09092025_0002.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/282/ccf09092025_0003.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/320/ccf09102025_0006.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/321/ccf15102025_0001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/322/ccf30102025_0002.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/323/ccf30102025_0003.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/326/ccf03122025_0009.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/327/projeto_de_lei_795_compressed.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/257/ccf20082025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/119/ccf23042025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/117/ccf16042025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/258/ccf20082025_0001.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/97/04.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/98/12.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/106/presidente_cpl.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/105/estado_do_rio_grande_do_norte-2.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/120/ccf29042025_0002.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/122/ccf29042025_0004.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/121/ccf29042025_0003.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/128/ccf29042025_0010.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/127/ccf29042025_0009.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/126/ccf29042025_0008.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/123/ccf29042025_0005.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/125/ccf29042025_0007.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/124/ccf29042025_0006.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/132/ccf13052025_0003.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/140/ccf20052025_0003.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/141/ccf20052025_0004.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/142/ccf20052025_0005.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/144/ccf20052025_0007.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/145/ccf20052025_0008.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/146/ccf20052025_0009.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/147/ccf20052025_0010.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/148/ccf20052025_0011.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/149/ccf20052025_0012.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/152/ccf22052025_0014.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/153/ccf27052025_0013.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/154/ccf29052025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/155/ccf29052025_0001.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/156/ccf29052025_0002.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/157/ccf29052025_0003.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/158/ccf29052025_0004.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/161/ccf05062025_0001.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/162/ccf05062025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/163/ccf05062025_0002.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/165/ccf10062025_0002.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/166/ccf18062025_0001.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/324/ccf03122025_0006.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/325/ccf03122025_0007.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/328/ccf23122025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/135/ccf19052025_0001.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/277/ccf03092025_0001.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.alexandria.rn.leg.br/media/sapl/public/materialegislativa/2025/318/ccf30092025_0005.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="107.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="106.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>